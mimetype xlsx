--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1fd32a169ee425c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fa6c255f4d94088" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0823887e0614bf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb00c0a9f56924808"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5d275e594a44493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0823887e0614bf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0b0eecbf02747b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb00c0a9f56924808" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burggraben und Netzwerke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>91,584</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>