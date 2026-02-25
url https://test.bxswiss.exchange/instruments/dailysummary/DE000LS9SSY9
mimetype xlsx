--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fa6c255f4d94088" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde071e4127324ae5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb00c0a9f56924808"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63000c547b742c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0b0eecbf02747b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb00c0a9f56924808" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec43b0a07c234b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63000c547b742c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burggraben und Netzwerke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>