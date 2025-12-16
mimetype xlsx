--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re451eccd7e504811" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55329350f9414829" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d2c8cf6e68b4cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44792361c9024180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29796151eef24bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d2c8cf6e68b4cf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27ddf9922eea4eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44792361c9024180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intelligent Picked Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>144,817</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>