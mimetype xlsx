--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55329350f9414829" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b83811245b487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44792361c9024180"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd984582690d94cab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27ddf9922eea4eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44792361c9024180" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b04ecd4b4614ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd984582690d94cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intelligent Picked Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>