--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e8e3c145eee4eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f319e9b7ffd4437" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c6d21b5af7e4e77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd826588249c347e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a295094c0c94543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c6d21b5af7e4e77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe3383cb43434ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd826588249c347e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Turnaround-Spekulationen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>74,441</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>