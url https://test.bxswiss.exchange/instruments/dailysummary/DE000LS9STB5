--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f319e9b7ffd4437" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d5cd4bc7f7645fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd826588249c347e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3dad610c8d24022"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe3383cb43434ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd826588249c347e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a8a6071cf3497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3dad610c8d24022" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Turnaround-Spekulationen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>