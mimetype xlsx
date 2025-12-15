--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0368036916d4534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b53035acfa4eda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re81f39da2bdf4f06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ee6f6ebf36447bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1ed0052d8684faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re81f39da2bdf4f06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75a7a3e6fc344656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ee6f6ebf36447bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max-DIV-ohne-EU-US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>171,524</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>171,098</x:t>
-[...355 lines deleted...]
-          <x:t>170,388</x:t>
+          <x:t>171,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>