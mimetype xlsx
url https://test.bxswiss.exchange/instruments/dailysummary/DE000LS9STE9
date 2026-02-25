--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b53035acfa4eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b68debcf6b24d42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ee6f6ebf36447bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc73eb51594d4615"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75a7a3e6fc344656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ee6f6ebf36447bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b3b976ce4684ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc73eb51594d4615" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max-DIV-ohne-EU-US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>172,242</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>