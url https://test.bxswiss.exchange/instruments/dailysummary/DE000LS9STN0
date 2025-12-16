--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc188376958c4557" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a583b5c7f64875" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b3b9e8b4027422c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re05254862a6c43ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04a2ecc4da954d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b3b9e8b4027422c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cdb35dc042440ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re05254862a6c43ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>110,014</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>111,483</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,302</x:t>
-[...21 lines deleted...]
-          <x:t>111,034</x:t>
+          <x:t>106,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...208 lines deleted...]
-          <x:t>115,668</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>