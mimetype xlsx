--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a583b5c7f64875" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc6888fdd7634e04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re05254862a6c43ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1466c6a333e410e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cdb35dc042440ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re05254862a6c43ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71e93a638413480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1466c6a333e410e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>