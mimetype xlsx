--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11821722a5334e67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96913a227cf647e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f4e6ed26b54f1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3cea81803d4609"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09804491a0ff4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f4e6ed26b54f1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2f8ce54ce5445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3cea81803d4609" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Best of Germany Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>108,011</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,882</x:t>
-[...296 lines deleted...]
-          <x:t>112,583</x:t>
+          <x:t>107,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>