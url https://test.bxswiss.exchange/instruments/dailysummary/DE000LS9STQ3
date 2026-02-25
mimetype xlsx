--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96913a227cf647e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R465c7d4cb56b4d48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3cea81803d4609"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5abf8db2f20b4d29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2f8ce54ce5445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3cea81803d4609" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R450c09612ba54d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5abf8db2f20b4d29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Best of Germany Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>