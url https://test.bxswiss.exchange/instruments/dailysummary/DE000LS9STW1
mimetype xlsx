--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185ad68f1be846f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c95a31a75b4488c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R092c273d7e184b51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17d47e1663514ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87d711b549874e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092c273d7e184b51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R161ce393b76b423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17d47e1663514ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fintech Insurtech Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>47,470</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>