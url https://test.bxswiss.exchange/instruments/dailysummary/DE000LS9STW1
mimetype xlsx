--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c95a31a75b4488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e4722fb22c64837" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17d47e1663514ee1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re22008ff209540c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R161ce393b76b423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17d47e1663514ee1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92ca172b7fb34257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re22008ff209540c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fintech Insurtech Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>