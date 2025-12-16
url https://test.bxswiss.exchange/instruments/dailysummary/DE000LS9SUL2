--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd541971fc784b99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80606b7cb4cb493d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62ef369f1a341d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a7334168cc4d6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04e6cedcb0814a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62ef369f1a341d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3003321af954077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a7334168cc4d6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland und die Welt 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>10,615</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>