--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80606b7cb4cb493d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311a413ba4c74841" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a7334168cc4d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46f343fcd4ce454d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3003321af954077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a7334168cc4d6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R048a9f16e8694ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46f343fcd4ce454d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland und die Welt 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>2,909</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,572</x:t>
-[...539 lines deleted...]
-          <x:t>2,640</x:t>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>