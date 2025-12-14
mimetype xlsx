--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e625f6ada24fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82cc79448544cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra684dee5443249f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c8a26cf835431d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b2b12b98024fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra684dee5443249f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96d22043562249da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c8a26cf835431d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carbon Neutrality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>91,210</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>