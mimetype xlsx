--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8530d426eda249bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4969dd1d88064343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R978dcc9461b84785"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16bd2d5de6744e9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7dace3977254c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R978dcc9461b84785" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5ada5ded4440f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16bd2d5de6744e9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensiv Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,076</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,955</x:t>
-[...65 lines deleted...]
-          <x:t>98,592</x:t>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,757</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>97,458</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,533</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>99,037</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>