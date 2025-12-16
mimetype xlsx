--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a89abc3225c4b90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c850f206cb04a1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf72ff8932d21490c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c9189a5438944c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R442c7dd5840349d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf72ff8932d21490c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rece918f861d0470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c9189a5438944c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intelligent Picked Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>99,206</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>