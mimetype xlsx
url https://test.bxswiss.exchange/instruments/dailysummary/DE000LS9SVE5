--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c850f206cb04a1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60dd2a8d1d9b4541" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c9189a5438944c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38fb4249b3dc45ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rece918f861d0470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c9189a5438944c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf89bca4482194986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38fb4249b3dc45ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intelligent Picked Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>