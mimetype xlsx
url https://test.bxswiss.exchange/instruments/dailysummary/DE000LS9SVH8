--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9c1bd68c6f74c0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb0d306313fa40c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R099ef2f824a14d0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re220f146fd054e14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc286210386ab4c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R099ef2f824a14d0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25345dfdb7c549ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re220f146fd054e14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Optimized-Trendfollowing-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>75,254</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,378</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>76,504</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>