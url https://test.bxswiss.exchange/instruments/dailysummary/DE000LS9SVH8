--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb0d306313fa40c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb8e4d73586d45be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re220f146fd054e14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea09134242354487"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25345dfdb7c549ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re220f146fd054e14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ddcdff4a5b437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea09134242354487" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Optimized-Trendfollowing-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>75,228</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...208 lines deleted...]
-          <x:t>75,825</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>