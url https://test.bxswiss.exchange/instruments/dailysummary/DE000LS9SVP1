--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6487f7e66738444b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc90a8b5bfc94a34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa161d659328498e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c3fee0c71cc4850"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3ef35c8b4da42bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa161d659328498e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea00a6251faf4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c3fee0c71cc4850" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSI Top 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...485 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,557</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>158,362</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>