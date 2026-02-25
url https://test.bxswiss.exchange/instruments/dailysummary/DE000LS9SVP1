--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc90a8b5bfc94a34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c42b44113dc45a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c3fee0c71cc4850"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcad7b0d2b9949e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea00a6251faf4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c3fee0c71cc4850" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76f1c10b02fb45ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcad7b0d2b9949e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSI Top 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>