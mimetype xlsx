--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R752570d5072643aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafab5d755fea4e92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1872a7260db64018"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86e053985ae543d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f1c1e8716ee485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1872a7260db64018" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7e0dddc93e4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86e053985ae543d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ESG Nachhaltigkeit und Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>79,508</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>