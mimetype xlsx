--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafab5d755fea4e92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra79889ce20014edc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86e053985ae543d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R746308be8cd2461f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7e0dddc93e4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86e053985ae543d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R775eddd0d3774fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R746308be8cd2461f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ESG Nachhaltigkeit und Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>