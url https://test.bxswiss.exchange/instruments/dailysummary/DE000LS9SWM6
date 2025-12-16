--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a444737f5644f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707a645bd7844878" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7753672e3e4849a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71efceb9ba6c488f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56fa2d9027ea4a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7753672e3e4849a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c7de1fd68f4806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71efceb9ba6c488f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation and Next Generation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>93,276</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,039</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>94,228</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,546</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>94,356</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>