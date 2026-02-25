--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707a645bd7844878" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R224b0aa654da4089" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71efceb9ba6c488f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71ea7974b6414ace"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c7de1fd68f4806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71efceb9ba6c488f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f1dacc15d0c4289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71ea7974b6414ace" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation and Next Generation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>94,126</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,626</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>93,110</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>