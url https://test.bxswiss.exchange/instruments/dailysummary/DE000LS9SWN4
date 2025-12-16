--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3826981f4db64211" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6d21331d664666" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06a9918d0f944325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R295faf33d78542f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f5ed6061e63452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06a9918d0f944325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb0bc84f43824f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R295faf33d78542f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf den Kaiman-Inseln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>186,579</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>