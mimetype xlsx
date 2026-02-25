--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6d21331d664666" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55ea02caf0fa4a64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R295faf33d78542f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16de4f0dc87344a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb0bc84f43824f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R295faf33d78542f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb85b6c31f28341f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16de4f0dc87344a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf den Kaiman-Inseln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>169,296</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>168,878</x:t>
-[...355 lines deleted...]
-          <x:t>170,929</x:t>
+          <x:t>170,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>