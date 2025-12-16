--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8bc38877da14738" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80b710aefede4bd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R423b1c4e06ea47bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2a808b0c8734eab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8754e0be495a45e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R423b1c4e06ea47bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69cbc4ffad14994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2a808b0c8734eab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die TV Streaming Revolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...603 lines deleted...]
-          <x:t>72,954</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,562</x:t>
+          <x:t>71,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>