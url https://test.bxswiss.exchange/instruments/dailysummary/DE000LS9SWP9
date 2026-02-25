--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80b710aefede4bd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd462f2b08aae4554" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2a808b0c8734eab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00caa9951e4e4db7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69cbc4ffad14994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2a808b0c8734eab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8108394e0e7448b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00caa9951e4e4db7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die TV Streaming Revolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...522 lines deleted...]
-          <x:t>70,102</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,209</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>69,087</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>