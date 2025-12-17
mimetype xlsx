--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f1aacaec824965" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree859fb78ad34c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e950c697f442c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe446629028442d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01263d56a2144e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e950c697f442c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf922dbd91f3647c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe446629028442d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro am Sonntag Moat Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>101,583</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,491</x:t>
-[...168 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>101,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,181</x:t>
-[...63 lines deleted...]
-          <x:t>102,639</x:t>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>