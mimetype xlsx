--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree859fb78ad34c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra02c679e5bf54c7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe446629028442d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b22bf2638a446c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf922dbd91f3647c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe446629028442d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb744c3cad0141df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b22bf2638a446c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro am Sonntag Moat Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>