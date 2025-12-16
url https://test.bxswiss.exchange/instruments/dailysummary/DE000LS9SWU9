--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cfb01061cd84254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8c290d2492e4b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7afca7d202494477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf89d7da6beac476c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf3c55399744d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7afca7d202494477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c0f0a5cdf947f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf89d7da6beac476c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Macht der Plattformen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>90,556</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,246</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>92,534</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>