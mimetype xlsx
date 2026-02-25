--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8c290d2492e4b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra09d305ba65d48fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf89d7da6beac476c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R556b2b2c1a44483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c0f0a5cdf947f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf89d7da6beac476c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R008e2766d216413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R556b2b2c1a44483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Macht der Plattformen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,149</x:t>
-[...198 lines deleted...]
-          <x:t>92,100</x:t>
+          <x:t>90,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>