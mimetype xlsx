--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2aa4719f9994ea8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf056b53e81f14553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb882327454874a3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7603f2b13d64537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0a5c81a9cb4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb882327454874a3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R116222055426437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7603f2b13d64537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Winners Low Carbon Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>103,191</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>