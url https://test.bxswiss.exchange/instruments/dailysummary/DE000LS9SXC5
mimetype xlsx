--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf056b53e81f14553" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbf36733b34a4521" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7603f2b13d64537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c727d2246e24be8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R116222055426437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7603f2b13d64537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeb50543c9df40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c727d2246e24be8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Winners Low Carbon Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>100,811</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,976</x:t>
-[...247 lines deleted...]
-          <x:t>98,808</x:t>
+          <x:t>101,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>