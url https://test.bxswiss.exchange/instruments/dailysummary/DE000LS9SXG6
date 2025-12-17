--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89cbd3b494744bf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d4f90e275614c00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b81c5ee5f6c455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68eaef86b1454a4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a2fb9ef25f548a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b81c5ee5f6c455c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R213c23c91b364270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68eaef86b1454a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ViDuLu-Branchenleader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>142,212</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>