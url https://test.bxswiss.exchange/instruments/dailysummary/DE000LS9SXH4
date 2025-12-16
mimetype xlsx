--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1860312923545a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b91d7731bf4ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc24e136ddda4050"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7903bc4d2bf24c5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162373b57bc44756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc24e136ddda4050" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08fc07608d2d431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7903bc4d2bf24c5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstabil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>134,714</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>