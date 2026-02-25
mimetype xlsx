--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b91d7731bf4ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde6e1059fa264aea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7903bc4d2bf24c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92de321fee7144af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08fc07608d2d431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7903bc4d2bf24c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a9e23807444243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92de321fee7144af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstabil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>