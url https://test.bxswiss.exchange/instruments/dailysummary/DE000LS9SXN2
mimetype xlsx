--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab5b7d564e8c4281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe727c05a8ec43f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde0c84bcd45c406a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39aa043538e4d47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1becccb72bd40f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde0c84bcd45c406a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf33a2169aaa746f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39aa043538e4d47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Momentum Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>133,541</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>