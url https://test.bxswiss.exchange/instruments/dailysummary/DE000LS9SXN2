--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe727c05a8ec43f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re50f4ff873d04d6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39aa043538e4d47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R332f69486e6e4d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf33a2169aaa746f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39aa043538e4d47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe15ea977e034fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R332f69486e6e4d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Momentum Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>139,079</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,037</x:t>
-[...85 lines deleted...]
-          <x:t>140,153</x:t>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>