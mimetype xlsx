--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b482b80fad44cf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R837c1f6ea3b149c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26a789bc566c4c60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R255e4426e7864c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3b7dae35db54e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26a789bc566c4c60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c44718ead64fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R255e4426e7864c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalued and Predictable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>104,767</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,962</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>105,119</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,013</x:t>
-[...281 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,285</x:t>
-[...63 lines deleted...]
-          <x:t>105,248</x:t>
+          <x:t>104,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>