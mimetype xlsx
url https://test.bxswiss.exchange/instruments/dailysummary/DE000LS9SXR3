--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R837c1f6ea3b149c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07ac896241ae4c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R255e4426e7864c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07b649310fa84db7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c44718ead64fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R255e4426e7864c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a30f3d882b2470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07b649310fa84db7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalued and Predictable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>104,473</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,303</x:t>
-[...33 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>104,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,682</x:t>
-[...414 lines deleted...]
-          <x:t>104,981</x:t>
+          <x:t>104,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>