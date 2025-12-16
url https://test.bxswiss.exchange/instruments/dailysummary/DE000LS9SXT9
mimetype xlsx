--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b9ccb65ad546df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4f864069117400e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcadd2fbe3f374792"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9768234507a842bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra992baf324ff45e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcadd2fbe3f374792" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267ed8b5171e41f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9768234507a842bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GR Home Bias</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>91,899</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,594</x:t>
-[...4 lines deleted...]
-          <x:t>93,596</x:t>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>