--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4f864069117400e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1125193ab96a42d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9768234507a842bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01d7deb46b3e43f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267ed8b5171e41f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9768234507a842bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4cfaf6baf5747db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01d7deb46b3e43f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GR Home Bias</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>96,269</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,830</x:t>
-[...193 lines deleted...]
-          <x:t>97,811</x:t>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>