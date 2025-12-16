--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb13ac24325744846" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd408c167ba49ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red83f3d7c28f422d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4c9c5cbcd7b433a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a1e99377884ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red83f3d7c28f422d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf5cb3d1a81a4f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4c9c5cbcd7b433a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Dividende Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>128,206</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>