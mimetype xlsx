--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd408c167ba49ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4447731b79d4c8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4c9c5cbcd7b433a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaa398277f7841d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf5cb3d1a81a4f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4c9c5cbcd7b433a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66f27f2dccec4abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaa398277f7841d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Dividende Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>