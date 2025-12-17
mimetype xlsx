--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888d264f7e2743e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re206c935c5734a8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa64975695394b3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca6a8c5d48804f65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c25bd7225343cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa64975695394b3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7227de7ef954e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca6a8c5d48804f65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young People Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SYG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>103,397</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>