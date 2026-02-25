--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re206c935c5734a8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf88731087ba4a7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca6a8c5d48804f65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43537f7a76d54199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7227de7ef954e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca6a8c5d48804f65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83564f289ca2450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43537f7a76d54199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young People Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SYG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>98,944</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,906</x:t>
-[...38 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,402</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,968</x:t>
-        </x:is>
-[...13 lines deleted...]
-          <x:t>99,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>