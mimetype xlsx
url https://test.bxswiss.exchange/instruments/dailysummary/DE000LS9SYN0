--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c20a24b9fb5429e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd87cbbfe82bf4a16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103c289ba6fa4695"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14e6478e7f82497c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc16e36102cca4663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103c289ba6fa4695" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19d196d4ce504a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14e6478e7f82497c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analyst Data-based Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SYN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>114,999</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>