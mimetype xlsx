--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd87cbbfe82bf4a16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5336b408092d4d9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14e6478e7f82497c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re178f41708254e01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19d196d4ce504a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14e6478e7f82497c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa3f96512d4b4f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re178f41708254e01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analyst Data-based Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SYN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>