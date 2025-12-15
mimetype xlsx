--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d4172878c254145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd491e7ab991a4570" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a019b4c2cc74058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R767261b0d8a4468c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc967762e16504e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a019b4c2cc74058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bfaf19ed5024366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R767261b0d8a4468c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSDLVEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>99,168</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,925</x:t>
-[...458 lines deleted...]
-          <x:t>99,176</x:t>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>