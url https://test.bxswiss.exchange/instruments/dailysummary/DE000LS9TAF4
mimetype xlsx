--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c1ed39d385b41a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02244cf797434280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ef63fa68b1c47b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e27bece99b0489d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24472bff98cf46a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ef63fa68b1c47b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3119fe4734d44a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e27bece99b0489d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft verdienen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>98,863</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,518</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>98,512</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>