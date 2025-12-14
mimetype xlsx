--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43725d59ea344515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R456da4146d704d8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e6375722a0f44c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0147a31d036341b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a83f0d14c8a4ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e6375722a0f44c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb8df0aa7fa04289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0147a31d036341b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB-DE-Loser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>93,554</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,233</x:t>
-[...323 lines deleted...]
-          <x:t>95,293</x:t>
+          <x:t>93,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>