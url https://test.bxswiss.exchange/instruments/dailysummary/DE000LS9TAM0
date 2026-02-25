--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R456da4146d704d8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd30f969bd8d94f9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0147a31d036341b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40176e0a075f4100"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb8df0aa7fa04289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0147a31d036341b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c9caf0a4a4440f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40176e0a075f4100" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB-DE-Loser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>92,884</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,561</x:t>
-[...242 lines deleted...]
-          <x:t>91,775</x:t>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>