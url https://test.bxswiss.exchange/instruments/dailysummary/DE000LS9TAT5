--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85beb55b930143b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fda293625cb44d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37c758d1b3c04a39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d4c677f91a546bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f106aacf576474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37c758d1b3c04a39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0408045fc9465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d4c677f91a546bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>69,219</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>