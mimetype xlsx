--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fda293625cb44d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ec852fcda347c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d4c677f91a546bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf3e3fe535644504"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0408045fc9465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d4c677f91a546bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f5245cfa43d490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf3e3fe535644504" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>