--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70236db6620d437f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a0ce42937114b65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb2c6b154924eed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d09234596a84848"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec0c3e95ac5e4c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb2c6b154924eed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27940618aea3466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d09234596a84848" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenMaxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>100,491</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>