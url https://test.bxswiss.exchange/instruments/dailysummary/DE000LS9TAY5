--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a0ce42937114b65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd73882c90ac4231" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d09234596a84848"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68394cb4e07d46c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27940618aea3466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d09234596a84848" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e70043157264502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68394cb4e07d46c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenMaxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>103,955</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>