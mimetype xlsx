--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75eb65fee5f244da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a54262c666147ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70ce4bbbc3a647ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd36930cdeae46e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb41716c2f2064fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70ce4bbbc3a647ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f7f79745ab4490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd36930cdeae46e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vervielfachungspotenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>165,135</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,907</x:t>
-[...80 lines deleted...]
-          <x:t>164,974</x:t>
+          <x:t>163,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>