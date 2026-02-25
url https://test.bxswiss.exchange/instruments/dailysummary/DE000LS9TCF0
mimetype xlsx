--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a54262c666147ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97897e6855cb43c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd36930cdeae46e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cff44f0dc0c4ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f7f79745ab4490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd36930cdeae46e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f34c61da474045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cff44f0dc0c4ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vervielfachungspotenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...485 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,773</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>165,076</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>