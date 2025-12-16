--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82473b734d2344e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86909312f9b346a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41b6c97e91c43cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08662ba3c195425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15877e281b6649ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41b6c97e91c43cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3294ada18d4b49ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08662ba3c195425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Gaming u. E-Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,512 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>103,712</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>