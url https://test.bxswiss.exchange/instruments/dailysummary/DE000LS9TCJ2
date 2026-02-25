--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86909312f9b346a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1caec43d847e4a89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08662ba3c195425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7300144ab5844cda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3294ada18d4b49ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08662ba3c195425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd9a30e00c8b4337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7300144ab5844cda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Gaming u. E-Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,512 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...458 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>