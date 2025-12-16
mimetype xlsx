--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150d55d74727483d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13395a3b22d44db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e286f2ec35540a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a7ce055343f4856"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3b9fc9fa3114b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e286f2ec35540a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae1f252195ea4d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a7ce055343f4856" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YWA Directors Dealings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>112,062</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,898</x:t>
-[...517 lines deleted...]
-          <x:t>109,826</x:t>
+          <x:t>111,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>