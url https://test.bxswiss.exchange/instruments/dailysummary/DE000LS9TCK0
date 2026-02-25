--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13395a3b22d44db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b522045632c4c18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a7ce055343f4856"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c53d5b00bbe4139"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae1f252195ea4d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a7ce055343f4856" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R604802168d5f4003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c53d5b00bbe4139" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YWA Directors Dealings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>