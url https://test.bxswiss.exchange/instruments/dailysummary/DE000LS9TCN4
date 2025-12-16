--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bee857a21454dd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a50d1a51cda4251" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10de93c29b40474f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec3ea45bcb144f30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13b3e59a68aa4d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10de93c29b40474f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576bf76644f24294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec3ea45bcb144f30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future1000x</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>212,583</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>