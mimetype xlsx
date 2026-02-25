--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a50d1a51cda4251" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbbab32a87004c25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec3ea45bcb144f30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d22b88c8714cae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576bf76644f24294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec3ea45bcb144f30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09586ed7720f44cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d22b88c8714cae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future1000x</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>