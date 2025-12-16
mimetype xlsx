--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf19829ba4cb34ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bf310ea4ed448f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20430ec329d84e99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7085f324a06b4165"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85300fb95daf4d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20430ec329d84e99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02733c07f161463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7085f324a06b4165" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch die Haende Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>103,395</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,456</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>104,175</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>