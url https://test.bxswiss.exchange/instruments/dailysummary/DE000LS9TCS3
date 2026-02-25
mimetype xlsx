--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bf310ea4ed448f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e881a6bba14ead" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7085f324a06b4165"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R608f09f521c04ba3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02733c07f161463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7085f324a06b4165" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f6068e5e5b54f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R608f09f521c04ba3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch die Haende Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>107,081</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,417</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>107,255</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>