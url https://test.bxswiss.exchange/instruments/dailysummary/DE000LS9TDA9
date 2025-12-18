--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R511a561cbdb346d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d62f426b9904f2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f3f4abbffb74485"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e754b3f2884e53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R182a248a1b0d4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f3f4abbffb74485" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b7e7f80cb3f4be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e754b3f2884e53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tourismus Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>212,773</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>