--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d62f426b9904f2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R009b831ba1e14a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e754b3f2884e53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a20edda88374999"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b7e7f80cb3f4be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e754b3f2884e53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1314319d2c89449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a20edda88374999" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tourismus Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>