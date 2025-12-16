--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0175f3c53f9c4ee2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2da7988bd7934a42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d770f2bf42b41f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2db7e76cf32e4037"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d791c43d114d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d770f2bf42b41f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278a54f197444037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2db7e76cf32e4037" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>73,399</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,040</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>73,177</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>