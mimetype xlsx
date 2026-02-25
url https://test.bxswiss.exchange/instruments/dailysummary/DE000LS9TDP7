--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2da7988bd7934a42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f1d0f7b49642c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2db7e76cf32e4037"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7894729edca24a02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278a54f197444037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2db7e76cf32e4037" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e403ba2ac68431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7894729edca24a02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>72,627</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,803</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>73,040</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>