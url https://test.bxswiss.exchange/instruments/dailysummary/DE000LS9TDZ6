--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3def22bd50db46ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0e54e70b83b4863" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R880d12c742614618"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfed7306125d4bd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6964e597d2a04ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R880d12c742614618" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64900db8a3454b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfed7306125d4bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Stocks Diversification</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>86,150</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,186</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,319</x:t>
-[...129 lines deleted...]
-          <x:t>85,755</x:t>
+          <x:t>86,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,595</x:t>
-[...70 lines deleted...]
-          <x:t>85,401</x:t>
+          <x:t>85,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,135</x:t>
-[...112 lines deleted...]
-          <x:t>86,126</x:t>
+          <x:t>85,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>