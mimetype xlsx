--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a164a7c4b9d498d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c47a765b194114" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a8f7b3ceef4a98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ca5bf75322547a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46b54e0fa6244f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a8f7b3ceef4a98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ea4330aeb704933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ca5bf75322547a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Market Analytics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>147,025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>