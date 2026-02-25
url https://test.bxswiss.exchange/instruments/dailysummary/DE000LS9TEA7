--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c47a765b194114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe9b71a5ef14184" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ca5bf75322547a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd85b776295e14edf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ea4330aeb704933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ca5bf75322547a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e33823d9fe54039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd85b776295e14edf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Market Analytics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>155,005</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>