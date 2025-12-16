--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f8f7934cb34ed9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaae84024f894814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9273dfe6a00b4cb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32bccb3f36f14886"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6734de23a6eb406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9273dfe6a00b4cb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449ad0624099456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32bccb3f36f14886" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SophiaMom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>115,577</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>