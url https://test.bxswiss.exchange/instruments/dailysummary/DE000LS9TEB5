--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaae84024f894814" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a0c60dbde34b4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32bccb3f36f14886"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a04c67b34f481d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449ad0624099456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32bccb3f36f14886" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca86c1c20af748b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a04c67b34f481d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SophiaMom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>116,949</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,611</x:t>
-[...254 lines deleted...]
-          <x:t>117,097</x:t>
+          <x:t>116,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,838</x:t>
-[...31 lines deleted...]
-          <x:t>116,820</x:t>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>