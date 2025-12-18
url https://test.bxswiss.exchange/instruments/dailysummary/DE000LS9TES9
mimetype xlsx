--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb0d75c9adf44ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R378131a2938d40c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8050ea2ab49c4cd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbc9aef5d0944d39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41b66e9064fb439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8050ea2ab49c4cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5bf7786a44e4556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbc9aef5d0944d39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SKALAR Minimum Volatility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TES9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>139,729</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>