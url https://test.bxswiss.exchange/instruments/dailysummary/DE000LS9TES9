--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R378131a2938d40c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7975f25acad74469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbc9aef5d0944d39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88cd357849b449c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5bf7786a44e4556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbc9aef5d0944d39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd97c3ebc23f44ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88cd357849b449c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SKALAR Minimum Volatility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TES9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>