--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55aeaa7f9ab1409d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f5bb2c0fded4675" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd4a4c14985b4006"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5ce884ec733409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7e18560c35a4fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd4a4c14985b4006" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6401babd13864131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5ce884ec733409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ritter der Ruesselrunde</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>101,366</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>