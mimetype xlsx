--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f5bb2c0fded4675" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reec9a548d1c44888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5ce884ec733409b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fd3c40ff2914492"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6401babd13864131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5ce884ec733409b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62986b81fe7b4ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fd3c40ff2914492" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ritter der Ruesselrunde</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>