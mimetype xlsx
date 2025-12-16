--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dd62d3dcc2c497b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R664591810c064829" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R731ddd3269c644c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e72ec8512a4ce3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24aa7375a20a441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R731ddd3269c644c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda09cf9c0d054f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e72ec8512a4ce3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trefosy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>92,762</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,109</x:t>
-[...112 lines deleted...]
-          <x:t>92,977</x:t>
+          <x:t>93,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>