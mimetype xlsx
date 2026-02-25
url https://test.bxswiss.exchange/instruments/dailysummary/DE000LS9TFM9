--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R664591810c064829" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref4005b7c4e04a9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e72ec8512a4ce3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2a24cd253554594"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda09cf9c0d054f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e72ec8512a4ce3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R568d1af3b8c94db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2a24cd253554594" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trefosy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,237</x:t>
-[...414 lines deleted...]
-          <x:t>92,048</x:t>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>