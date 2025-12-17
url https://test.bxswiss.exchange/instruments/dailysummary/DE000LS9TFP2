--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0737408e843429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272f2ef67348458d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d76b9a7bb1649d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b9f0ebbc3374943"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad0dc9d9c31d47da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d76b9a7bb1649d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbad6d11479934a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b9f0ebbc3374943" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANGMAN Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>566,857</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>