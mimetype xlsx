--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272f2ef67348458d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e006ec13f374ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b9f0ebbc3374943"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8659b329ef5e40af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbad6d11479934a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b9f0ebbc3374943" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bea1083dfad4402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8659b329ef5e40af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANGMAN Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>548,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>552,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>542,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>549,749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>542,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>541,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>543,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>