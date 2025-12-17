--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe563fb99a84008" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aee84ece3a14cef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b189c9111e7412c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a70d7a4bdf4f57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf6034e9068e4d16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b189c9111e7412c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb507f29a4fc34490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a70d7a4bdf4f57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voturatradings Tech Focus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>146,303</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,924</x:t>
-[...112 lines deleted...]
-          <x:t>148,166</x:t>
+          <x:t>144,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>