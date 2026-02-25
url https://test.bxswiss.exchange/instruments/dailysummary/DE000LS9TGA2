--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aee84ece3a14cef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R158e5c517eed47a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a70d7a4bdf4f57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R692af092a8314a42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb507f29a4fc34490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a70d7a4bdf4f57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra65ea3007f8b4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R692af092a8314a42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voturatradings Tech Focus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...522 lines deleted...]
-          <x:t>146,628</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,589</x:t>
-[...53 lines deleted...]
-          <x:t>143,980</x:t>
+          <x:t>144,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>