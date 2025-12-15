--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae41536e9314d8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33366673dcf4b67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bac3781ab8a4c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59ec93accde3455d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9e6fbcb22043f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bac3781ab8a4c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c6fbc919854175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59ec93accde3455d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Metaverse - Virtual Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>67,492</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,801</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>67,293</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>