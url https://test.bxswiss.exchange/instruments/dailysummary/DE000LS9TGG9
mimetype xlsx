--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33366673dcf4b67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R162c511419194fb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59ec93accde3455d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R545b1cf5134647c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c6fbc919854175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59ec93accde3455d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raee7f616b9d44407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R545b1cf5134647c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Metaverse - Virtual Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>73,208</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>