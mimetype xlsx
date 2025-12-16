--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1160adf4ab43cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a099095bcaa44ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56ff09faf9944833"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2d04c7263f14ab3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa876183a434413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56ff09faf9944833" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7588ee5dc884326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2d04c7263f14ab3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Pub Die weltweite Kneipe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>98,217</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>