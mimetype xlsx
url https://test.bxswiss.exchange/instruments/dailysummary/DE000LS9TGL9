--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a099095bcaa44ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e811a0612c4ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2d04c7263f14ab3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f6d87adc5724d21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7588ee5dc884326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2d04c7263f14ab3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R772367589fb54387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f6d87adc5724d21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Pub Die weltweite Kneipe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>100,995</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,887</x:t>
-[...377 lines deleted...]
-          <x:t>100,651</x:t>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>